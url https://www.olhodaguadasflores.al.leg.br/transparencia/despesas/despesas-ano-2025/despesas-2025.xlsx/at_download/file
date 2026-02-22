--- v0 (2025-12-31)
+++ v1 (2026-02-22)
@@ -49,51 +49,51 @@
   </authors>
   <commentList>
     <comment ref="A1" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t>Usuário do Windows:
 Endereços para download dos arquivos : 
 CSV=/transparencia/despesas/despesas-ano-2025/despesas-2025.csv/at_download/file;
 XLS=/transparencia/despesas/despesas-ano-2025/despesas-2025.xlsx/at_download/file;
 PDF=/transparencia/despesas/despesas-ano-2025/despesas-2025.pdf/at_download/file;</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2546" uniqueCount="697">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2761" uniqueCount="751">
   <si>
     <t xml:space="preserve">DESPESAS - EMPENHOS </t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Exercício</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Unidade</t>
   </si>
   <si>
     <t>Historico</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE OLHO D'AGUA DAS FLORES - ALAGOAS</t>
   </si>
   <si>
@@ -2140,50 +2140,212 @@
     <t xml:space="preserve">	2025102800013</t>
   </si>
   <si>
     <t xml:space="preserve">	2025102800014</t>
   </si>
   <si>
     <t>PELA DESPESA EMPENHADA, REFERENTE A PARTE PARTE PATRONAL INSS OUTUBRO 2025</t>
   </si>
   <si>
     <t xml:space="preserve">	2025102800015</t>
   </si>
   <si>
     <t>PELA DESPESA EMPENHADA REFERENTE REFERENTE AO RECOLHIMENTO DE FGTS DO FUNCIONARIO EFETIVO DA CAMARA MUNICIPAL DE OLHO D'AGUA DAS FLORES COMP. 10/2025 E 13° SALARIO</t>
   </si>
   <si>
     <t xml:space="preserve">	2025102800016</t>
   </si>
   <si>
     <t xml:space="preserve">	2025102800017</t>
   </si>
   <si>
     <t xml:space="preserve">	20251029</t>
   </si>
   <si>
     <t xml:space="preserve">	2025102900008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025110300013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	20251103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025110300014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025110400023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	20251104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025111800038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	20251118</t>
+  </si>
+  <si>
+    <t>PELA DESPESA EMPENHADA, REFERENTE A FOLHA DE PESSOAL DA CAMARA MUNICIPAL DE OLHO DAGUA DAS FLORES, MES DE NOVEMBRO DE 2025, RELATIVO A 02 EFETIVOS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025111800039</t>
+  </si>
+  <si>
+    <t>PELA DESPESA EMPENHADA, REFERENTE A FOLHA DE PESSOAL DA CAMARA MUNICIPAL DE OLHO DAGUA DAS FLORES, MES DE NOVEMBRO DE 2025, RELATIVO A 11 VEREADORES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025111800040</t>
+  </si>
+  <si>
+    <t>PELA DESPESA EMPENHADA, REFERENTE A FOLHA DE PESSOAL DA CAMARA MUNICIPAL DE OLHO DAGUA DAS FLORES, MES DE NOVEMBRO DE 2025, RELATIVO A 14 COMISSIONADOS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025111800041</t>
+  </si>
+  <si>
+    <t>PELA DESPESA EMPENHADA, REFERENTE A SERVICOS PRESTADOS COM SANEAMENTO E FORNECIMENTO DE AGUA PARA A CAMARA MUNICIPAL. 11/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025111800042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025111800043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025111900014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	20251119</t>
+  </si>
+  <si>
+    <t>PELA DESPESA EMPENHADA REFERENTE AO RECEBIMENTO DE UM SALARIO MINIMO MENSAL AO CIDADAO QUE TENHA ATINGIDO OU VENHA ATINGIR VINTE (20) ANOS OU MAIS DE MANDATO ELETIVO, CONFORME ART 1º DO DECRETO LEGISLATIVO Nº 03/2005 DE 18/11/2005, DO MES 11/2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025111900015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025111900016</t>
+  </si>
+  <si>
+    <t>PELA DESPESA EMPENHADA, REFERENTE A FOLHA DE PESSOAL DA CAMARA MUNICIPAL DE OLHO DAGUA DAS FLORES, MES DE NOVEMBRO DE 2025, RELATIVO A 03 CONTRATADOS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025111900017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	20251121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112400013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	20251124</t>
+  </si>
+  <si>
+    <t>PELA DESPESA EMPENHADA, REFERENTE A VERBA IDENIZATORIA DO VEREADOR DA CAMARA MUNICIPAL DE OLHO D'AGUA DAS FLORES DE COMP. 11/2025, CONFORME COMPROVANTE EM ANEXO.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112400014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112400015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112400016</t>
+  </si>
+  <si>
+    <t>DECRETO LEGISLATIVO Nº 03/2005,DE 18 DE NOVEMBRO DE 2005,QUE INSTITUI O PAGAMENTO MENSAL DE UM SALARIO MINIMO AQULE CIDADAO(A)QUE TENHA  ATINGIDO 20 ANOS OU MAIS DE MANDATO ELETIVO. REF AO MES DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112500027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	20251125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112500028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112500029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112500030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112500031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112500032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112500033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112600299</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	20251126</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112600300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112600301</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112600302</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112600303</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112700036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	20251127</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112700037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112700038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112700039</t>
+  </si>
+  <si>
+    <t>PELA DESPESA EMPENHADA REFERENTE REFERENTE AO RECOLHIMENTO DE FGTS DO FUNCIONARIO EFETIVO DA CAMARA MUNICIPAL DE OLHO D'AGUA DAS FLORES COMP. 11/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112700040</t>
+  </si>
+  <si>
+    <t>PELA DESPESA EMPENHADA, REFERENTE A PARTE PARTE PATRONAL INSS NOVEMBRO 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	2025112700041</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0;[Red]0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -3044,82 +3206,82 @@
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <top style="thin">
           <color indexed="64"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <name val="Calibri"/>
       </font>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-    </dxf>
-[...5 lines deleted...]
-      </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
@@ -3158,51 +3320,51 @@
         <a:xfrm>
           <a:off x="4335780" y="91440"/>
           <a:ext cx="800100" cy="710088"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Tabela14" displayName="Tabela14" ref="A6:H512" headerRowCount="0" totalsRowShown="0" headerRowDxfId="0" dataDxfId="19" headerRowBorderDxfId="20" tableBorderDxfId="18" totalsRowBorderDxfId="17">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Tabela14" displayName="Tabela14" ref="A6:H555" headerRowCount="0" totalsRowShown="0" headerRowDxfId="0" dataDxfId="20" headerRowBorderDxfId="18" tableBorderDxfId="19" totalsRowBorderDxfId="17">
   <tableColumns count="8">
     <tableColumn id="1" name="Colunas1" headerRowDxfId="16" dataDxfId="8"/>
     <tableColumn id="3" name="Colunas3" headerRowDxfId="15" dataDxfId="7"/>
     <tableColumn id="4" name="Colunas4" headerRowDxfId="14" dataDxfId="6"/>
     <tableColumn id="5" name="Colunas5" headerRowDxfId="13" dataDxfId="5"/>
     <tableColumn id="6" name="Colunas6" headerRowDxfId="12" dataDxfId="4"/>
     <tableColumn id="7" name="Colunas7" headerRowDxfId="11" dataDxfId="3"/>
     <tableColumn id="8" name="Colunas8" headerRowDxfId="10" dataDxfId="2"/>
     <tableColumn id="9" name="Colunas9" headerRowDxfId="9" dataDxfId="1" dataCellStyle="Vírgula"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight16" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -3465,54 +3627,54 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Plan1"/>
-  <dimension ref="A1:H512"/>
+  <dimension ref="A1:H555"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H512" sqref="A5:H512"/>
+    <sheetView tabSelected="1" topLeftCell="A546" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="H555" sqref="A5:H555"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9.77734375" style="2" customWidth="1"/>
     <col min="2" max="2" width="7.77734375" style="5" customWidth="1"/>
     <col min="3" max="3" width="14.33203125" style="2" customWidth="1"/>
     <col min="4" max="4" width="10.33203125" style="2" customWidth="1"/>
     <col min="5" max="5" width="12" style="2" customWidth="1"/>
     <col min="6" max="6" width="18.77734375" style="4" customWidth="1"/>
     <col min="7" max="7" width="54.5546875" style="6" customWidth="1"/>
     <col min="8" max="8" width="10.6640625" style="7" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="1" customFormat="1" ht="66" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="26"/>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
       <c r="G1" s="26"/>
       <c r="H1" s="26"/>
     </row>
     <row r="2" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.3">
@@ -16735,50 +16897,1168 @@
     </row>
     <row r="512" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A512" s="24">
         <v>45959</v>
       </c>
       <c r="B512" s="18">
         <v>2025</v>
       </c>
       <c r="C512" s="19" t="s">
         <v>696</v>
       </c>
       <c r="D512" s="20" t="s">
         <v>11</v>
       </c>
       <c r="E512" s="21" t="s">
         <v>11</v>
       </c>
       <c r="F512" s="22" t="s">
         <v>695</v>
       </c>
       <c r="G512" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H512" s="25">
         <v>13.08</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A513" s="24">
+        <v>45964</v>
+      </c>
+      <c r="B513" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C513" s="19" t="s">
+        <v>697</v>
+      </c>
+      <c r="D513" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E513" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F513" s="22" t="s">
+        <v>698</v>
+      </c>
+      <c r="G513" s="23" t="s">
+        <v>101</v>
+      </c>
+      <c r="H513" s="25">
+        <v>343.91</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A514" s="24">
+        <v>45964</v>
+      </c>
+      <c r="B514" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C514" s="19" t="s">
+        <v>699</v>
+      </c>
+      <c r="D514" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E514" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F514" s="22" t="s">
+        <v>698</v>
+      </c>
+      <c r="G514" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="H514" s="25">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A515" s="24">
+        <v>45965</v>
+      </c>
+      <c r="B515" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C515" s="19" t="s">
+        <v>700</v>
+      </c>
+      <c r="D515" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E515" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F515" s="22" t="s">
+        <v>701</v>
+      </c>
+      <c r="G515" s="23" t="s">
+        <v>12</v>
+      </c>
+      <c r="H515" s="25">
+        <v>8.4</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A516" s="24">
+        <v>45979</v>
+      </c>
+      <c r="B516" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C516" s="19" t="s">
+        <v>702</v>
+      </c>
+      <c r="D516" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E516" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F516" s="22" t="s">
+        <v>703</v>
+      </c>
+      <c r="G516" s="23" t="s">
+        <v>704</v>
+      </c>
+      <c r="H516" s="25">
+        <v>6947.57</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A517" s="24">
+        <v>45979</v>
+      </c>
+      <c r="B517" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C517" s="19" t="s">
+        <v>705</v>
+      </c>
+      <c r="D517" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E517" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F517" s="22" t="s">
+        <v>703</v>
+      </c>
+      <c r="G517" s="23" t="s">
+        <v>706</v>
+      </c>
+      <c r="H517" s="25">
+        <v>108921.01</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A518" s="24">
+        <v>45979</v>
+      </c>
+      <c r="B518" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C518" s="19" t="s">
+        <v>707</v>
+      </c>
+      <c r="D518" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E518" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F518" s="22" t="s">
+        <v>703</v>
+      </c>
+      <c r="G518" s="23" t="s">
+        <v>708</v>
+      </c>
+      <c r="H518" s="25">
+        <v>24077.43</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A519" s="24">
+        <v>45979</v>
+      </c>
+      <c r="B519" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C519" s="19" t="s">
+        <v>709</v>
+      </c>
+      <c r="D519" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E519" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F519" s="22" t="s">
+        <v>703</v>
+      </c>
+      <c r="G519" s="23" t="s">
+        <v>710</v>
+      </c>
+      <c r="H519" s="25">
+        <v>165.18</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A520" s="24">
+        <v>45979</v>
+      </c>
+      <c r="B520" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C520" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="D520" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E520" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F520" s="22" t="s">
+        <v>703</v>
+      </c>
+      <c r="G520" s="23" t="s">
+        <v>41</v>
+      </c>
+      <c r="H520" s="25">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A521" s="24">
+        <v>45979</v>
+      </c>
+      <c r="B521" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C521" s="19" t="s">
+        <v>711</v>
+      </c>
+      <c r="D521" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E521" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F521" s="22" t="s">
+        <v>703</v>
+      </c>
+      <c r="G521" s="23" t="s">
+        <v>41</v>
+      </c>
+      <c r="H521" s="25">
+        <v>3180</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A522" s="24">
+        <v>45979</v>
+      </c>
+      <c r="B522" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C522" s="19" t="s">
+        <v>712</v>
+      </c>
+      <c r="D522" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E522" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F522" s="22" t="s">
+        <v>703</v>
+      </c>
+      <c r="G522" s="23" t="s">
+        <v>12</v>
+      </c>
+      <c r="H522" s="25">
+        <v>26.16</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A523" s="24">
+        <v>45980</v>
+      </c>
+      <c r="B523" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C523" s="19" t="s">
+        <v>713</v>
+      </c>
+      <c r="D523" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E523" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F523" s="22" t="s">
+        <v>714</v>
+      </c>
+      <c r="G523" s="23" t="s">
+        <v>715</v>
+      </c>
+      <c r="H523" s="25">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A524" s="24">
+        <v>45980</v>
+      </c>
+      <c r="B524" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C524" s="19" t="s">
+        <v>716</v>
+      </c>
+      <c r="D524" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E524" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F524" s="22" t="s">
+        <v>714</v>
+      </c>
+      <c r="G524" s="23" t="s">
+        <v>715</v>
+      </c>
+      <c r="H524" s="25">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A525" s="24">
+        <v>45980</v>
+      </c>
+      <c r="B525" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C525" s="19" t="s">
+        <v>717</v>
+      </c>
+      <c r="D525" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E525" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F525" s="22" t="s">
+        <v>714</v>
+      </c>
+      <c r="G525" s="23" t="s">
+        <v>718</v>
+      </c>
+      <c r="H525" s="25">
+        <v>9267.27</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A526" s="24">
+        <v>45980</v>
+      </c>
+      <c r="B526" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C526" s="19" t="s">
+        <v>120</v>
+      </c>
+      <c r="D526" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E526" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F526" s="22" t="s">
+        <v>714</v>
+      </c>
+      <c r="G526" s="23" t="s">
+        <v>122</v>
+      </c>
+      <c r="H526" s="25">
+        <v>4125</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A527" s="24">
+        <v>45980</v>
+      </c>
+      <c r="B527" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C527" s="19" t="s">
+        <v>77</v>
+      </c>
+      <c r="D527" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E527" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F527" s="22" t="s">
+        <v>714</v>
+      </c>
+      <c r="G527" s="23" t="s">
+        <v>78</v>
+      </c>
+      <c r="H527" s="25">
+        <v>3800</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A528" s="24">
+        <v>45980</v>
+      </c>
+      <c r="B528" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C528" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="D528" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E528" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F528" s="22" t="s">
+        <v>714</v>
+      </c>
+      <c r="G528" s="23" t="s">
+        <v>65</v>
+      </c>
+      <c r="H528" s="25">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A529" s="24">
+        <v>45980</v>
+      </c>
+      <c r="B529" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C529" s="19" t="s">
+        <v>719</v>
+      </c>
+      <c r="D529" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E529" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F529" s="22" t="s">
+        <v>714</v>
+      </c>
+      <c r="G529" s="23" t="s">
+        <v>12</v>
+      </c>
+      <c r="H529" s="25">
+        <v>26.16</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A530" s="24">
+        <v>45982</v>
+      </c>
+      <c r="B530" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C530" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="D530" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E530" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F530" s="22" t="s">
+        <v>720</v>
+      </c>
+      <c r="G530" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="H530" s="25">
+        <v>5041.67</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A531" s="24">
+        <v>45985</v>
+      </c>
+      <c r="B531" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C531" s="19" t="s">
+        <v>721</v>
+      </c>
+      <c r="D531" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E531" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F531" s="22" t="s">
+        <v>722</v>
+      </c>
+      <c r="G531" s="23" t="s">
+        <v>723</v>
+      </c>
+      <c r="H531" s="25">
+        <v>4034.86</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A532" s="24">
+        <v>45985</v>
+      </c>
+      <c r="B532" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C532" s="19" t="s">
+        <v>724</v>
+      </c>
+      <c r="D532" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E532" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F532" s="22" t="s">
+        <v>722</v>
+      </c>
+      <c r="G532" s="23" t="s">
+        <v>723</v>
+      </c>
+      <c r="H532" s="25">
+        <v>6499.94</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A533" s="24">
+        <v>45985</v>
+      </c>
+      <c r="B533" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C533" s="19" t="s">
+        <v>725</v>
+      </c>
+      <c r="D533" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E533" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F533" s="22" t="s">
+        <v>722</v>
+      </c>
+      <c r="G533" s="23" t="s">
+        <v>723</v>
+      </c>
+      <c r="H533" s="25">
+        <v>3900</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A534" s="24">
+        <v>45985</v>
+      </c>
+      <c r="B534" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C534" s="19" t="s">
+        <v>726</v>
+      </c>
+      <c r="D534" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E534" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F534" s="22" t="s">
+        <v>722</v>
+      </c>
+      <c r="G534" s="23" t="s">
+        <v>727</v>
+      </c>
+      <c r="H534" s="25">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A535" s="24">
+        <v>45985</v>
+      </c>
+      <c r="B535" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C535" s="19" t="s">
+        <v>85</v>
+      </c>
+      <c r="D535" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E535" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F535" s="22" t="s">
+        <v>722</v>
+      </c>
+      <c r="G535" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="H535" s="25">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A536" s="24">
+        <v>45985</v>
+      </c>
+      <c r="B536" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C536" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="D536" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E536" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F536" s="22" t="s">
+        <v>722</v>
+      </c>
+      <c r="G536" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="H536" s="25">
+        <v>1871.25</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A537" s="24">
+        <v>45986</v>
+      </c>
+      <c r="B537" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C537" s="19" t="s">
+        <v>728</v>
+      </c>
+      <c r="D537" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E537" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F537" s="22" t="s">
+        <v>729</v>
+      </c>
+      <c r="G537" s="23" t="s">
+        <v>723</v>
+      </c>
+      <c r="H537" s="25">
+        <v>4099.9799999999996</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A538" s="24">
+        <v>45986</v>
+      </c>
+      <c r="B538" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C538" s="19" t="s">
+        <v>730</v>
+      </c>
+      <c r="D538" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E538" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F538" s="22" t="s">
+        <v>729</v>
+      </c>
+      <c r="G538" s="23" t="s">
+        <v>723</v>
+      </c>
+      <c r="H538" s="25">
+        <v>4099.9799999999996</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A539" s="24">
+        <v>45986</v>
+      </c>
+      <c r="B539" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C539" s="19" t="s">
+        <v>731</v>
+      </c>
+      <c r="D539" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E539" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F539" s="22" t="s">
+        <v>729</v>
+      </c>
+      <c r="G539" s="23" t="s">
+        <v>723</v>
+      </c>
+      <c r="H539" s="25">
+        <v>7900</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A540" s="24">
+        <v>45986</v>
+      </c>
+      <c r="B540" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C540" s="19" t="s">
+        <v>732</v>
+      </c>
+      <c r="D540" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E540" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F540" s="22" t="s">
+        <v>729</v>
+      </c>
+      <c r="G540" s="23" t="s">
+        <v>723</v>
+      </c>
+      <c r="H540" s="25">
+        <v>4099.47</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A541" s="24">
+        <v>45986</v>
+      </c>
+      <c r="B541" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C541" s="19" t="s">
+        <v>733</v>
+      </c>
+      <c r="D541" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E541" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F541" s="22" t="s">
+        <v>729</v>
+      </c>
+      <c r="G541" s="23" t="s">
+        <v>723</v>
+      </c>
+      <c r="H541" s="25">
+        <v>4099.99</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A542" s="24">
+        <v>45986</v>
+      </c>
+      <c r="B542" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C542" s="19" t="s">
+        <v>734</v>
+      </c>
+      <c r="D542" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E542" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F542" s="22" t="s">
+        <v>729</v>
+      </c>
+      <c r="G542" s="23" t="s">
+        <v>12</v>
+      </c>
+      <c r="H542" s="25">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A543" s="24">
+        <v>45986</v>
+      </c>
+      <c r="B543" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C543" s="19" t="s">
+        <v>735</v>
+      </c>
+      <c r="D543" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E543" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F543" s="22" t="s">
+        <v>729</v>
+      </c>
+      <c r="G543" s="23" t="s">
+        <v>12</v>
+      </c>
+      <c r="H543" s="25">
+        <v>26.16</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A544" s="24">
+        <v>45987</v>
+      </c>
+      <c r="B544" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C544" s="19" t="s">
+        <v>736</v>
+      </c>
+      <c r="D544" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E544" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F544" s="22" t="s">
+        <v>737</v>
+      </c>
+      <c r="G544" s="23" t="s">
+        <v>723</v>
+      </c>
+      <c r="H544" s="25">
+        <v>7899.47</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A545" s="24">
+        <v>45987</v>
+      </c>
+      <c r="B545" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C545" s="19" t="s">
+        <v>493</v>
+      </c>
+      <c r="D545" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E545" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F545" s="22" t="s">
+        <v>737</v>
+      </c>
+      <c r="G545" s="23" t="s">
+        <v>495</v>
+      </c>
+      <c r="H545" s="25">
+        <v>704.45</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A546" s="24">
+        <v>45987</v>
+      </c>
+      <c r="B546" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C546" s="19" t="s">
+        <v>738</v>
+      </c>
+      <c r="D546" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E546" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F546" s="22" t="s">
+        <v>737</v>
+      </c>
+      <c r="G546" s="23" t="s">
+        <v>175</v>
+      </c>
+      <c r="H546" s="25">
+        <v>3.41</v>
+      </c>
+    </row>
+    <row r="547" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A547" s="24">
+        <v>45987</v>
+      </c>
+      <c r="B547" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C547" s="19" t="s">
+        <v>739</v>
+      </c>
+      <c r="D547" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E547" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F547" s="22" t="s">
+        <v>737</v>
+      </c>
+      <c r="G547" s="23" t="s">
+        <v>175</v>
+      </c>
+      <c r="H547" s="25">
+        <v>3.41</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A548" s="24">
+        <v>45987</v>
+      </c>
+      <c r="B548" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C548" s="19" t="s">
+        <v>740</v>
+      </c>
+      <c r="D548" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E548" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F548" s="22" t="s">
+        <v>737</v>
+      </c>
+      <c r="G548" s="23" t="s">
+        <v>175</v>
+      </c>
+      <c r="H548" s="25">
+        <v>3.41</v>
+      </c>
+    </row>
+    <row r="549" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A549" s="24">
+        <v>45987</v>
+      </c>
+      <c r="B549" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C549" s="19" t="s">
+        <v>741</v>
+      </c>
+      <c r="D549" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E549" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F549" s="22" t="s">
+        <v>737</v>
+      </c>
+      <c r="G549" s="23" t="s">
+        <v>12</v>
+      </c>
+      <c r="H549" s="25">
+        <v>13.08</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A550" s="24">
+        <v>45988</v>
+      </c>
+      <c r="B550" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C550" s="19" t="s">
+        <v>742</v>
+      </c>
+      <c r="D550" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E550" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F550" s="22" t="s">
+        <v>743</v>
+      </c>
+      <c r="G550" s="23" t="s">
+        <v>723</v>
+      </c>
+      <c r="H550" s="25">
+        <v>4099.3500000000004</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A551" s="24">
+        <v>45988</v>
+      </c>
+      <c r="B551" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C551" s="19" t="s">
+        <v>744</v>
+      </c>
+      <c r="D551" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E551" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F551" s="22" t="s">
+        <v>743</v>
+      </c>
+      <c r="G551" s="23" t="s">
+        <v>723</v>
+      </c>
+      <c r="H551" s="25">
+        <v>4097.05</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A552" s="24">
+        <v>45988</v>
+      </c>
+      <c r="B552" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C552" s="19" t="s">
+        <v>745</v>
+      </c>
+      <c r="D552" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E552" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F552" s="22" t="s">
+        <v>743</v>
+      </c>
+      <c r="G552" s="23" t="s">
+        <v>508</v>
+      </c>
+      <c r="H552" s="25">
+        <v>36400</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A553" s="24">
+        <v>45988</v>
+      </c>
+      <c r="B553" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C553" s="19" t="s">
+        <v>746</v>
+      </c>
+      <c r="D553" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E553" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F553" s="22" t="s">
+        <v>743</v>
+      </c>
+      <c r="G553" s="23" t="s">
+        <v>747</v>
+      </c>
+      <c r="H553" s="25">
+        <v>555.79</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A554" s="24">
+        <v>45988</v>
+      </c>
+      <c r="B554" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C554" s="19" t="s">
+        <v>748</v>
+      </c>
+      <c r="D554" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E554" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F554" s="22" t="s">
+        <v>743</v>
+      </c>
+      <c r="G554" s="23" t="s">
+        <v>749</v>
+      </c>
+      <c r="H554" s="25">
+        <v>18192.98</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A555" s="24">
+        <v>45988</v>
+      </c>
+      <c r="B555" s="18">
+        <v>2025</v>
+      </c>
+      <c r="C555" s="19" t="s">
+        <v>750</v>
+      </c>
+      <c r="D555" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E555" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F555" s="22" t="s">
+        <v>743</v>
+      </c>
+      <c r="G555" s="23" t="s">
+        <v>12</v>
+      </c>
+      <c r="H555" s="25">
+        <v>26.16</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <tableParts count="1">
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>